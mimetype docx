--- v0 (2025-10-14)
+++ v1 (2025-12-20)
@@ -1687,66 +1687,73 @@
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Full</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Council</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3136" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36348454" w14:textId="5A56BE9C" w:rsidR="007C6EE7" w:rsidRDefault="00AF3944">
+          <w:p w14:paraId="36348454" w14:textId="305AF532" w:rsidR="007C6EE7" w:rsidRDefault="00677110">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="99"/>
               <w:ind w:left="102"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-2"/>
-[...3 lines deleted...]
-            </w:r>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">All </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Councillors</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007C6EE7" w14:paraId="68235C6E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="408"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3120" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0B9C1DBE" w14:textId="77777777" w:rsidR="007C6EE7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Neighbourhood</w:t>
             </w:r>
@@ -1782,65 +1789,72 @@
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Full</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Council</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3136" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16C6EA9E" w14:textId="48D3949D" w:rsidR="007C6EE7" w:rsidRDefault="00AF3944">
+          <w:p w14:paraId="16C6EA9E" w14:textId="6C391486" w:rsidR="007C6EE7" w:rsidRDefault="00677110">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="102"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-2"/>
-[...3 lines deleted...]
-            </w:r>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">All </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Councillors</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007C6EE7" w14:paraId="73F7CDD6" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="613"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3120" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2F9DC82C" w14:textId="77777777" w:rsidR="007C6EE7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="99"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Community</w:t>
             </w:r>
@@ -3137,81 +3151,83 @@
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="174"/>
+  <w:zoom w:percent="161"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:ulTrailSpace/>
     <w:shapeLayoutLikeWW8/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007C6EE7"/>
     <w:rsid w:val="003622FC"/>
     <w:rsid w:val="0045342A"/>
+    <w:rsid w:val="00677110"/>
     <w:rsid w:val="007C6EE7"/>
+    <w:rsid w:val="00AC5807"/>
     <w:rsid w:val="00AF3944"/>
     <w:rsid w:val="00F949A5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="2CB0C423"/>
   <w15:docId w15:val="{AB874579-28DD-C04B-9196-31E75BF0A1D0}"/>
 </w:settings>
 </file>
 
@@ -3950,59 +3966,59 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>227</Words>
-  <Characters>1298</Characters>
+  <Characters>1300</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>10</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1522</CharactersWithSpaces>
+  <CharactersWithSpaces>1524</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2024-10-28T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Writer</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Producer">
     <vt:lpwstr>LibreOffice 25.2.3.2 (X86_64) / LibreOffice Community</vt:lpwstr>