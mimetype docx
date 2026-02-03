--- v0 (2025-10-14)
+++ v1 (2026-02-03)
@@ -240,53 +240,55 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="22DCF442" w14:textId="77777777" w:rsidR="00FD1168" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="23" w:line="259" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>At</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>present</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Claxby</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Parish</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Council</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -388,305 +390,320 @@
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="285"/>
         </w:tabs>
         <w:ind w:left="285" w:hanging="170"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Email</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A0BA148" w14:textId="77777777" w:rsidR="00FD1168" w:rsidRDefault="00FD1168">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="46"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1B371443" w14:textId="77777777" w:rsidR="00FD1168" w:rsidRDefault="00000000">
+    <w:p w14:paraId="1B371443" w14:textId="076AC4BE" w:rsidR="00FD1168" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="464"/>
         </w:tabs>
         <w:ind w:left="464" w:hanging="349"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>The</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-8"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>Clerks</w:t>
+        <w:t>Clerk</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE3C9C">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>email</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>address</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7">
-        <w:r w:rsidR="00FD1168">
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidR="00CE3C9C" w:rsidRPr="000D2039">
           <w:rPr>
-            <w:color w:val="0462C0"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:spacing w:val="-2"/>
             <w:sz w:val="24"/>
-            <w:u w:val="single" w:color="0462C0"/>
           </w:rPr>
-          <w:t>claxbyparishcouncil@gmail.com</w:t>
+          <w:t>clerk@claxby-pc.gov.uk</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2B10FE4C" w14:textId="77777777" w:rsidR="00FD1168" w:rsidRDefault="00000000">
+    <w:p w14:paraId="2B10FE4C" w14:textId="59914743" w:rsidR="00FD1168" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="464"/>
         </w:tabs>
         <w:spacing w:before="23"/>
         <w:ind w:left="115" w:right="556" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Councillors</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-8"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-9"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-8"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Clerk</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-8"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-        <w:t>should</w:t>
+      <w:r w:rsidR="00196A35">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>must</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-8"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="009422D1">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">always </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>use</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-8"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>their</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-8"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-        <w:t>Parish</w:t>
+      <w:r w:rsidR="00CE3C9C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>gov.uk</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>email</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-9"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>Council</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>addresses</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE3C9C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for Parish Council business. </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE3C9C">
         <w:rPr>
           <w:spacing w:val="-8"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...25 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">These email addresses must be used </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>effectively</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -873,50 +890,56 @@
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>operational</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>security standards.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE3C9C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Personal email addresses must not be used for Parish Council business.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45F866AD" w14:textId="77777777" w:rsidR="00FD1168" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="464"/>
         </w:tabs>
         <w:ind w:left="464" w:hanging="349"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>No</w:t>
       </w:r>
       <w:r>
@@ -1098,51 +1121,65 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="40"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>All communication on behalf of the Council will usually come from the Clerk.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="40"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>Emails received by Councillors from</w:t>
+        <w:t xml:space="preserve">Emails received by </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Councillors</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> from</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>external</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-9"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -1367,82 +1404,86 @@
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Should</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Councillor</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>be</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>authorised</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>by</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Council</w:t>
@@ -1722,71 +1763,73 @@
           <w:spacing w:val="-14"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>emails</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>should only be seen by the intended recipient(s).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="240A56FC" w14:textId="77777777" w:rsidR="00FD1168" w:rsidRDefault="00000000">
+    <w:p w14:paraId="240A56FC" w14:textId="3FF6D9A3" w:rsidR="00FD1168" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="470"/>
         </w:tabs>
         <w:ind w:left="115" w:right="751" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Councillors</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>the</w:t>
@@ -1911,75 +1954,97 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>any email correspondence are made as soon as possible and within seven days.</w:t>
+      </w:r>
+      <w:r w:rsidR="009642C0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Replies to any emails must be to all </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009642C0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Councillors</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009642C0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by using the “reply all” function. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BB7D6E4" w14:textId="77777777" w:rsidR="00FD1168" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="464"/>
         </w:tabs>
         <w:spacing w:before="20"/>
         <w:ind w:left="115" w:right="884" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Councillors</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>should</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-8"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
@@ -3071,51 +3136,65 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>informative</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>online resource for Councillors, residents and visitors. This includes information about the Council (including</w:t>
+        <w:t xml:space="preserve">online resource for </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Councillors</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>, residents and visitors. This includes information about the Council (including</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>notice</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -4242,56 +4321,58 @@
           <w:spacing w:val="-10"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">legal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>regulations.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Councillors</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>are</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>responsible</w:t>
@@ -4427,55 +4508,63 @@
         <w:t xml:space="preserve">issues </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>arise.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A6AB963" w14:textId="77777777" w:rsidR="00FD1168" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="470"/>
         </w:tabs>
         <w:ind w:left="115" w:right="147" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Councillors and other parties may submit material for inclusion </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Councillors</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and other parties may submit material for inclusion </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the website provided it is in line</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
@@ -5083,51 +5172,65 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>without</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>change to the content but can be restructured and reorganised as required.</w:t>
+        <w:t xml:space="preserve">change to the content but can be restructured and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>reorganised</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as required.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BC7E5F9" w14:textId="77777777" w:rsidR="00FD1168" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="470"/>
         </w:tabs>
         <w:spacing w:before="1"/>
         <w:ind w:left="115" w:right="446" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>The</w:t>
       </w:r>
       <w:r>
@@ -5396,53 +5499,55 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>section</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>on</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>The</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Press)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E330623" w14:textId="77777777" w:rsidR="00FD1168" w:rsidRDefault="00FD1168">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
@@ -5958,56 +6063,58 @@
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>photographs</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Councillors</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>the</w:t>
@@ -6097,56 +6204,58 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>must be agreed by the individual.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7ADC1868" w14:textId="77777777" w:rsidR="00FD1168" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="470"/>
         </w:tabs>
         <w:ind w:left="115" w:right="370" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Councillors</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>approached</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>directly</w:t>
@@ -6288,56 +6397,58 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>the views given are their own and not necessarily those of the Parish Council</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68A149B6" w14:textId="77777777" w:rsidR="00FD1168" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="470"/>
         </w:tabs>
         <w:ind w:left="115" w:right="667" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Councillors</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>approached</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>by</w:t>
@@ -6935,91 +7046,95 @@
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>with</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-9"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>other</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-9"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Councillors</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-9"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>or the public via text messaging.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F3D9D0D" w14:textId="77777777" w:rsidR="00FD1168" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="470"/>
         </w:tabs>
         <w:ind w:left="115" w:right="150" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Councillors</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>receiving</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>telephone</w:t>
@@ -7306,178 +7421,69 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>posts</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>village WhatsApp groups should be limited to information on Parish Council projects, events and activities and should only be posted by the Clerk or designated councillors.</w:t>
+        <w:t xml:space="preserve">village WhatsApp groups should be limited to information on Parish Council projects, events and activities and should only be posted by the Clerk or designated </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>councillors</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7697B1B0" w14:textId="77777777" w:rsidR="00FD1168" w:rsidRDefault="00000000">
+    <w:p w14:paraId="7697B1B0" w14:textId="435FB506" w:rsidR="00FD1168" w:rsidRDefault="00AB165F">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1"/>
         <w:ind w:right="169"/>
       </w:pPr>
       <w:r>
-        <w:t>Councillors,</w:t>
-[...116 lines deleted...]
-        <w:t>the principles of the Councillors’ Code of Conduct and make it clear that their comments are being made as an individual and not on behalf of the Council.</w:t>
+        <w:t xml:space="preserve">Unless otherwise stated, personal comments made on the WhatsApp group are to be considered as such and not the views of the Council. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3488A533" w14:textId="77777777" w:rsidR="00FD1168" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="293"/>
         <w:ind w:right="683"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>The</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Council's</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
@@ -7732,145 +7738,187 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>at</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>the discretion of the Clerk.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79365D88" w14:textId="77777777" w:rsidR="00FD1168" w:rsidRDefault="00FD1168">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1E5CC2AB" w14:textId="77777777" w:rsidR="001E0EA1" w:rsidRDefault="00000000" w:rsidP="001E0EA1">
+    <w:p w14:paraId="6D6CD2E3" w14:textId="77777777" w:rsidR="00AB165F" w:rsidRDefault="00000000" w:rsidP="001E0EA1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:right="7880"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Date</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>approved</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="1E5CC2AB" w14:textId="72CFC6CC" w:rsidR="001E0EA1" w:rsidRDefault="00AB165F" w:rsidP="001E0EA1">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:right="7880"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>January 2026</w:t>
+      </w:r>
       <w:r w:rsidR="001E0EA1">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t xml:space="preserve"> August 2024</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7587DA4B" w14:textId="77777777" w:rsidR="001E0EA1" w:rsidRDefault="001E0EA1" w:rsidP="001E0EA1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:right="7880"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="35AF199A" w14:textId="3BF30807" w:rsidR="00FD1168" w:rsidRDefault="00000000" w:rsidP="001E0EA1">
+    <w:p w14:paraId="384D13D1" w14:textId="77777777" w:rsidR="00AB165F" w:rsidRDefault="00000000" w:rsidP="001E0EA1">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:right="7880"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Date</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>review</w:t>
+      </w:r>
+      <w:r w:rsidR="001E0EA1">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35AF199A" w14:textId="6320365E" w:rsidR="00FD1168" w:rsidRDefault="00AB165F" w:rsidP="001E0EA1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:right="7880"/>
       </w:pPr>
       <w:r>
-        <w:t>Date</w:t>
-[...20 lines deleted...]
-        <w:t>review</w:t>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>January</w:t>
       </w:r>
       <w:r w:rsidR="001E0EA1">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t>. September 2025</w:t>
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>9</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00FD1168">
       <w:pgSz w:w="11910" w:h="16840"/>
       <w:pgMar w:top="460" w:right="1040" w:bottom="740" w:left="1020" w:header="0" w:footer="550" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="172FF9B8" w14:textId="77777777" w:rsidR="00AF4589" w:rsidRDefault="00AF4589">
+    <w:p w14:paraId="3C1E37A6" w14:textId="77777777" w:rsidR="00DF7857" w:rsidRDefault="00DF7857">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5B58B68B" w14:textId="77777777" w:rsidR="00AF4589" w:rsidRDefault="00AF4589">
+    <w:p w14:paraId="1AEE12AE" w14:textId="77777777" w:rsidR="00DF7857" w:rsidRDefault="00DF7857">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
@@ -7968,129 +8016,128 @@
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:spacing w:val="-10"/>
                             </w:rPr>
                             <w:t>1</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:spacing w:val="-10"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="end"/>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+        <mc:Fallback>
           <w:pict>
-            <v:shapetype id="_x0000_t202" o:spt="202" coordsize="21600,21600" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="347A3609" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape style="position:absolute;margin-left:280.75pt;margin-top:803.400757pt;width:37pt;height:14pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:page;z-index:-15775232" type="#_x0000_t202" id="docshape1" filled="false" stroked="false">
+            <v:shape id="Textbox 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:280.75pt;margin-top:803.4pt;width:37pt;height:14pt;z-index:-15775232;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQDjo9FBkgEAABoDAAAOAAAAZHJzL2Uyb0RvYy54bWysUttu2zAMfS+wfxD0vtgphl6MOEUv6DCg&#13;&#10;2Aq0+wBFlmKjlqiRSuz8/SjFSYrtreiLRInU4TmHWtyMrhdbg9SBr+V8VkphvIam8+ta/n59/Hol&#13;&#10;BUXlG9WDN7XcGZI3yy9niyFU5hxa6BuDgkE8VUOoZRtjqIqCdGucohkE4zlpAZ2KfMR10aAaGN31&#13;&#10;xXlZXhQDYBMQtCHi24d9Ui4zvrVGx1/WkomiryVzi3nFvK7SWiwXqlqjCm2nJxrqAyyc6jw3PUI9&#13;&#10;qKjEBrv/oFynEQhsnGlwBVjbaZM1sJp5+Y+al1YFk7WwORSONtHnweqf25fwjCKOdzDyALMICk+g&#13;&#10;34i9KYZA1VSTPKWKuDoJHS26tLMEwQ/Z293RTzNGofny28X1dckZzan55eUVxwnz9Dggxe8GnEhB&#13;&#10;LZHHlQmo7RPFfemhZOKyb5+IxHE1ckkKV9DsWMPAY6wl/dkoNFL0Pzz7lGZ+CPAQrA4Bxv4e8s9I&#13;&#10;UjzcbiLYLnc+4U6deQCZ+/RZ0oTfn3PV6Usv/wIAAP//AwBQSwMEFAAGAAgAAAAhAGXPpffkAAAA&#13;&#10;EgEAAA8AAABkcnMvZG93bnJldi54bWxMT8tOwzAQvCPxD9YicaNOKbFKGqeqeJwqIdJw4OjEbmI1&#13;&#10;XofYbdO/Z3uCy0o7Mzs7k68n17OTGYP1KGE+S4AZbLy22Er4qt4flsBCVKhV79FIuJgA6+L2JleZ&#13;&#10;9mcszWkXW0YmGDIloYtxyDgPTWecCjM/GCRu70enIq1jy/WozmTuev6YJII7ZZE+dGowL51pDruj&#13;&#10;k7D5xvLN/nzUn+W+tFX1nOBWHKS8v5teVzQ2K2DRTPHvAq4dKD8UFKz2R9SB9RJSMU9JSoRIBDUh&#13;&#10;iVikBNVXaPG0BF7k/H+V4hcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#13;&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#13;&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDjo9FBkgEAABoD&#13;&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBlz6X35AAA&#13;&#10;ABIBAAAPAAAAAAAAAAAAAAAAAOwDAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA/QQA&#13;&#10;AAAA&#13;&#10;" filled="f" stroked="f">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
-                  <w:p>
+                  <w:p w14:paraId="423395A1" w14:textId="77777777" w:rsidR="00FD1168" w:rsidRDefault="00000000">
                     <w:pPr>
                       <w:pStyle w:val="BodyText"/>
                       <w:spacing w:line="264" w:lineRule="exact"/>
                       <w:ind w:left="20"/>
                     </w:pPr>
                     <w:r>
-                      <w:rPr/>
                       <w:t>Page</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:spacing w:val="-10"/>
                       </w:rPr>
-                      <w:t> </w:t>
+                      <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:spacing w:val="-10"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="begin"/>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:spacing w:val="-10"/>
                       </w:rPr>
-                      <w:instrText> PAGE </w:instrText>
+                      <w:instrText xml:space="preserve"> PAGE </w:instrText>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:spacing w:val="-10"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="separate"/>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:spacing w:val="-10"/>
                       </w:rPr>
                       <w:t>1</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:spacing w:val="-10"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
-              <w10:wrap type="none"/>
+              <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5BFC248F" w14:textId="77777777" w:rsidR="00AF4589" w:rsidRDefault="00AF4589">
+    <w:p w14:paraId="695283BF" w14:textId="77777777" w:rsidR="00DF7857" w:rsidRDefault="00DF7857">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4B8C6556" w14:textId="77777777" w:rsidR="00AF4589" w:rsidRDefault="00AF4589">
+    <w:p w14:paraId="7FA418CD" w14:textId="77777777" w:rsidR="00DF7857" w:rsidRDefault="00DF7857">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2CEB6BF8"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="944CAB8E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="355" w:hanging="240"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
@@ -8222,51 +8269,51 @@
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="287" w:hanging="172"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="466" w:hanging="351"/>
+        <w:ind w:left="5738" w:hanging="351"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="-3"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="460" w:hanging="351"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
@@ -8334,77 +8381,94 @@
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7499" w:hanging="351"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="278800393">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1596136282">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="183"/>
-  <w:proofState w:grammar="clean"/>
+  <w:zoom w:percent="169"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:shapeLayoutLikeWW8/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FD1168"/>
+    <w:rsid w:val="00196A35"/>
     <w:rsid w:val="001E0EA1"/>
+    <w:rsid w:val="00203E97"/>
+    <w:rsid w:val="00242505"/>
     <w:rsid w:val="002F4E65"/>
+    <w:rsid w:val="0030521E"/>
+    <w:rsid w:val="005359AA"/>
+    <w:rsid w:val="005B6BDA"/>
+    <w:rsid w:val="00634276"/>
+    <w:rsid w:val="007A252F"/>
+    <w:rsid w:val="007C5B8A"/>
+    <w:rsid w:val="00901671"/>
     <w:rsid w:val="00921C98"/>
+    <w:rsid w:val="009422D1"/>
+    <w:rsid w:val="009642C0"/>
     <w:rsid w:val="009D56C8"/>
+    <w:rsid w:val="00AB165F"/>
     <w:rsid w:val="00AF4589"/>
+    <w:rsid w:val="00BF7920"/>
+    <w:rsid w:val="00CE3C9C"/>
+    <w:rsid w:val="00D67F05"/>
+    <w:rsid w:val="00DF7857"/>
     <w:rsid w:val="00E958AB"/>
     <w:rsid w:val="00FD1168"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="33197064"/>
   <w15:docId w15:val="{375E042B-E79F-3144-913A-56FFC1B8D1B6}"/>
 </w:settings>
 </file>
 
@@ -8877,59 +8941,82 @@
       <w:spacing w:before="17"/>
       <w:ind w:left="3089" w:hanging="1265"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="115"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
   </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00CE3C9C"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00CE3C9C"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://claxby.parish.lincolnshire.gov.uk/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:claxbyparishcouncil@gmail.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://claxby.parish.lincolnshire.gov.uk/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:clerk@claxby-pc.gov.uk" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -9176,60 +9263,60 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>882</Words>
-  <Characters>5033</Characters>
+  <Words>967</Words>
+  <Characters>5020</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>41</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Lines>99</Lines>
+  <Paragraphs>41</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5904</CharactersWithSpaces>
+  <CharactersWithSpaces>5951</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2024-08-26T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Writer</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">